--- v0 (2025-10-12)
+++ v1 (2025-12-16)
@@ -205,69 +205,87 @@
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D6676E3" w14:textId="77777777" w:rsidR="00F75FD2" w:rsidRDefault="00F75FD2" w:rsidP="00DC4FA4">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EEBD687" w14:textId="77777777" w:rsidR="00F75FD2" w:rsidRDefault="00F75FD2" w:rsidP="00DC4FA4">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F67C1DA" w14:textId="675FD876" w:rsidR="00F75FD2" w:rsidRDefault="004D2439" w:rsidP="004D2439">
+    <w:p w14:paraId="0F67C1DA" w14:textId="6D936741" w:rsidR="00F75FD2" w:rsidRDefault="004D2439" w:rsidP="004D2439">
       <w:pPr>
         <w:pStyle w:val="Textbodyindent"/>
         <w:ind w:firstLine="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D2439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>O Vereador infra-assinado, nos termos regimentais, vem à respeitosa presença de Vossa</w:t>
+        <w:t>O Vereador infra-assinado, nos termos regimentais, vem à respeit</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ável</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D2439">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presença de Vossa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004D2439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Excelência requerer o recebimento, a dispensa de parecer e a inclusão na ordem do dia da próxima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
@@ -886,67 +904,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596685">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Especialista em Cirurgia e Reabilitação do Ombro e Cotovelo pelo Grupo de Ombro BH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00596685">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Hospital Ortopédico, Belo Horizonte e </w:t>
-[...15 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>(Hospital Ortopédico, Belo Horizonte e Lifecenter).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40CCECFE" w14:textId="77777777" w:rsidR="006204D4" w:rsidRDefault="006204D4" w:rsidP="00596685">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DF7C17C" w14:textId="4D3BEDA9" w:rsidR="006204D4" w:rsidRDefault="00596685" w:rsidP="00596685">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00596685">
         <w:rPr>
@@ -1304,58 +1306,58 @@
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D62AEB1" w14:textId="77777777" w:rsidR="00102C6B" w:rsidRPr="00F75FD2" w:rsidRDefault="00102C6B" w:rsidP="00DC4FA4"/>
     <w:sectPr w:rsidR="00102C6B" w:rsidRPr="00F75FD2" w:rsidSect="004B30EA">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2268" w:right="851" w:bottom="1418" w:left="1418" w:header="567" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C6BF4D7" w14:textId="77777777" w:rsidR="00A41AD3" w:rsidRDefault="00A41AD3" w:rsidP="007A01D4">
+    <w:p w14:paraId="6C662252" w14:textId="77777777" w:rsidR="006B6987" w:rsidRDefault="006B6987" w:rsidP="007A01D4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C082A8F" w14:textId="77777777" w:rsidR="00A41AD3" w:rsidRDefault="00A41AD3" w:rsidP="007A01D4">
+    <w:p w14:paraId="14ED9FC0" w14:textId="77777777" w:rsidR="006B6987" w:rsidRDefault="006B6987" w:rsidP="007A01D4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="WenQuanYi Micro Hei">
     <w:altName w:val="Yu Gothic"/>
@@ -1730,58 +1732,58 @@
       <w:t>s</w:t>
     </w:r>
     <w:r w:rsidRPr="00686BA6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="0B769F" w:themeColor="accent4" w:themeShade="BF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>://www.unai.mg.leg.br – EMAIL: camara@unai.mg.leg.br</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7FBCBDAD" w14:textId="77777777" w:rsidR="00B423C3" w:rsidRDefault="00B423C3">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4610FDF9" w14:textId="77777777" w:rsidR="00A41AD3" w:rsidRDefault="00A41AD3" w:rsidP="007A01D4">
+    <w:p w14:paraId="2D027E37" w14:textId="77777777" w:rsidR="006B6987" w:rsidRDefault="006B6987" w:rsidP="007A01D4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41EEE249" w14:textId="77777777" w:rsidR="00A41AD3" w:rsidRDefault="00A41AD3" w:rsidP="007A01D4">
+    <w:p w14:paraId="435191ED" w14:textId="77777777" w:rsidR="006B6987" w:rsidRDefault="006B6987" w:rsidP="007A01D4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E781F51" w14:textId="10F45C1B" w:rsidR="007A01D4" w:rsidRPr="007A01D4" w:rsidRDefault="007A01D4" w:rsidP="00686BA6">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:spacing w:before="240"/>
       <w:ind w:firstLine="425"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007A01D4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
@@ -1955,52 +1957,51 @@
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="007A01D4">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="0B769F" w:themeColor="accent4" w:themeShade="BF"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
       </w:rPr>
       <w:t>CÂMARA MUNICIPAL DE UNAÍ-MG</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="678A1DA7" w14:textId="77777777" w:rsidR="00B423C3" w:rsidRPr="00B423C3" w:rsidRDefault="00B423C3" w:rsidP="00B423C3">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A01D4"/>
     <w:rsid w:val="00006D07"/>
@@ -2032,83 +2033,85 @@
     <w:rsid w:val="00276323"/>
     <w:rsid w:val="002A3784"/>
     <w:rsid w:val="002A3C1F"/>
     <w:rsid w:val="002A48AD"/>
     <w:rsid w:val="002B298B"/>
     <w:rsid w:val="002C1C80"/>
     <w:rsid w:val="002C76CB"/>
     <w:rsid w:val="002F0B39"/>
     <w:rsid w:val="003262F7"/>
     <w:rsid w:val="00330C67"/>
     <w:rsid w:val="0033784D"/>
     <w:rsid w:val="003534B3"/>
     <w:rsid w:val="0035443A"/>
     <w:rsid w:val="00355A2F"/>
     <w:rsid w:val="0037214C"/>
     <w:rsid w:val="0037540A"/>
     <w:rsid w:val="00396AE7"/>
     <w:rsid w:val="003A02C5"/>
     <w:rsid w:val="003A725B"/>
     <w:rsid w:val="003B30ED"/>
     <w:rsid w:val="003C6000"/>
     <w:rsid w:val="003C668C"/>
     <w:rsid w:val="003C70C8"/>
     <w:rsid w:val="003C737E"/>
     <w:rsid w:val="003D0626"/>
+    <w:rsid w:val="0044219F"/>
     <w:rsid w:val="0044458E"/>
     <w:rsid w:val="0047162A"/>
     <w:rsid w:val="00494C17"/>
     <w:rsid w:val="00495D7A"/>
     <w:rsid w:val="004B30EA"/>
     <w:rsid w:val="004C1B3A"/>
     <w:rsid w:val="004C7224"/>
     <w:rsid w:val="004D2439"/>
     <w:rsid w:val="0050099B"/>
     <w:rsid w:val="005145AB"/>
     <w:rsid w:val="00522FBA"/>
     <w:rsid w:val="00546E30"/>
     <w:rsid w:val="00550E0E"/>
     <w:rsid w:val="00555572"/>
     <w:rsid w:val="0056571C"/>
     <w:rsid w:val="00571614"/>
     <w:rsid w:val="005779B3"/>
     <w:rsid w:val="005812BB"/>
     <w:rsid w:val="00596685"/>
     <w:rsid w:val="005A63F2"/>
     <w:rsid w:val="005B0FB4"/>
     <w:rsid w:val="005B5464"/>
     <w:rsid w:val="005C0345"/>
     <w:rsid w:val="005D581B"/>
     <w:rsid w:val="005E1A9E"/>
     <w:rsid w:val="00602063"/>
     <w:rsid w:val="006204D4"/>
     <w:rsid w:val="006249F8"/>
     <w:rsid w:val="00645FEB"/>
     <w:rsid w:val="00655192"/>
     <w:rsid w:val="00686BA6"/>
     <w:rsid w:val="006A1D8B"/>
     <w:rsid w:val="006A39E6"/>
+    <w:rsid w:val="006B6987"/>
     <w:rsid w:val="006D6D84"/>
     <w:rsid w:val="006D7FCB"/>
     <w:rsid w:val="00704320"/>
     <w:rsid w:val="00705DB1"/>
     <w:rsid w:val="00721607"/>
     <w:rsid w:val="00724FB0"/>
     <w:rsid w:val="007265B6"/>
     <w:rsid w:val="007453D4"/>
     <w:rsid w:val="00762CE9"/>
     <w:rsid w:val="00770081"/>
     <w:rsid w:val="00770E74"/>
     <w:rsid w:val="00787756"/>
     <w:rsid w:val="00797CC9"/>
     <w:rsid w:val="007A01D4"/>
     <w:rsid w:val="007C6EAD"/>
     <w:rsid w:val="007E0293"/>
     <w:rsid w:val="007F3C31"/>
     <w:rsid w:val="00815117"/>
     <w:rsid w:val="008602AE"/>
     <w:rsid w:val="008635F3"/>
     <w:rsid w:val="008E31C8"/>
     <w:rsid w:val="008E3E8B"/>
     <w:rsid w:val="008F1454"/>
     <w:rsid w:val="00905E5B"/>
     <w:rsid w:val="009218C7"/>
@@ -2143,50 +2146,51 @@
     <w:rsid w:val="00BF2FE0"/>
     <w:rsid w:val="00C22F07"/>
     <w:rsid w:val="00C23743"/>
     <w:rsid w:val="00C25A6C"/>
     <w:rsid w:val="00C8491B"/>
     <w:rsid w:val="00D057D5"/>
     <w:rsid w:val="00D20BC1"/>
     <w:rsid w:val="00D24537"/>
     <w:rsid w:val="00D24C73"/>
     <w:rsid w:val="00D337FE"/>
     <w:rsid w:val="00D46D01"/>
     <w:rsid w:val="00D77B0A"/>
     <w:rsid w:val="00DA13E5"/>
     <w:rsid w:val="00DB3CB7"/>
     <w:rsid w:val="00DC4FA4"/>
     <w:rsid w:val="00E253C0"/>
     <w:rsid w:val="00E26E74"/>
     <w:rsid w:val="00E5018E"/>
     <w:rsid w:val="00E62876"/>
     <w:rsid w:val="00EC1ACE"/>
     <w:rsid w:val="00EC43EB"/>
     <w:rsid w:val="00EC65D1"/>
     <w:rsid w:val="00EC7383"/>
     <w:rsid w:val="00ED1158"/>
     <w:rsid w:val="00ED1205"/>
+    <w:rsid w:val="00ED2D63"/>
     <w:rsid w:val="00EE0841"/>
     <w:rsid w:val="00F21D74"/>
     <w:rsid w:val="00F32D92"/>
     <w:rsid w:val="00F37A18"/>
     <w:rsid w:val="00F54C82"/>
     <w:rsid w:val="00F578FA"/>
     <w:rsid w:val="00F6259D"/>
     <w:rsid w:val="00F737A4"/>
     <w:rsid w:val="00F7530D"/>
     <w:rsid w:val="00F75FD2"/>
     <w:rsid w:val="00F96549"/>
     <w:rsid w:val="00F97C69"/>
     <w:rsid w:val="00FB4283"/>
     <w:rsid w:val="00FC3241"/>
     <w:rsid w:val="00FF3DB8"/>
     <w:rsid w:val="00FF7003"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -3914,73 +3918,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5FF1CA6-127B-40B6-AD38-7F508227B028}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>340</Words>
-  <Characters>1840</Characters>
+  <Words>409</Words>
+  <Characters>1772</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>295</Lines>
+  <Paragraphs>242</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2176</CharactersWithSpaces>
+  <CharactersWithSpaces>1939</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Eduardo Vieira de Sousa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>